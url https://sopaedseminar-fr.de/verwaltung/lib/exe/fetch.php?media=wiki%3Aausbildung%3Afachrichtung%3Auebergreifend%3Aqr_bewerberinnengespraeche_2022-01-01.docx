--- v0 (2025-10-19)
+++ v1 (2026-01-21)
@@ -1,1462 +1,1074 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="22D0762F" w14:textId="31DC3CCF" w:rsidR="008143F8" w:rsidRPr="0006625E" w:rsidRDefault="00FE7F10" w:rsidP="008143F8">
+    <w:p w14:paraId="7AB52D9D" w14:textId="7BCB7CBA" w:rsidR="00273FAD" w:rsidRPr="00273FAD" w:rsidRDefault="00273FAD" w:rsidP="00273FAD">
       <w:pPr>
-        <w:pStyle w:val="Titel0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00273FAD">
         <w:rPr>
-          <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>QR</w:t>
-[...19 lines deleted...]
-        <w:t>Bewerber:innengespräch</w:t>
+        <w:t>Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>e</w:t>
+        <w:t>ualitätsrahmen</w:t>
       </w:r>
-      <w:r w:rsidR="008143F8" w:rsidRPr="0006625E">
+      <w:r w:rsidRPr="00273FAD">
         <w:rPr>
-          <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Bewerb</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>ungs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gespräche </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="BaWue Serif" w:hAnsi="BaWue Serif"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>- Protokollbogen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9B1EC0" w14:textId="77777777" w:rsidR="007B0F66" w:rsidRDefault="007B0F66" w:rsidP="00FB0FB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BCCE18B" w14:textId="77777777" w:rsidR="00273FAD" w:rsidRDefault="00273FAD" w:rsidP="00FB0FB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="14454" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2504"/>
-        <w:gridCol w:w="6063"/>
+        <w:gridCol w:w="8567"/>
         <w:gridCol w:w="5887"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008143F8" w:rsidRPr="0006625E" w14:paraId="246BABEC" w14:textId="77777777" w:rsidTr="00760E0E">
+      <w:tr w:rsidR="00964F43" w:rsidRPr="00964F43" w14:paraId="38976DD1" w14:textId="77777777" w:rsidTr="00815563">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8567" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3252ABE9" w14:textId="77777777" w:rsidR="008143F8" w:rsidRPr="0006625E" w:rsidRDefault="008143F8" w:rsidP="007E6DD8">
+          <w:p w14:paraId="4776BC90" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ja-JP"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0006625E">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ja-JP"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Ausgeschriebene Stelle:</w:t>
             </w:r>
-            <w:r w:rsidRPr="0006625E">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ja-JP"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5887" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2899E462" w14:textId="77777777" w:rsidR="008143F8" w:rsidRPr="0006625E" w:rsidRDefault="008143F8" w:rsidP="007E6DD8">
+          <w:p w14:paraId="312CCC6F" w14:textId="576AD24D" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ja-JP"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0006625E">
-[...5 lines deleted...]
-              <w:t>Bewerber:in:</w:t>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Bewerber</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>/ Bewerber</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32DB5C2B" w14:textId="77777777" w:rsidR="008143F8" w:rsidRPr="0006625E" w:rsidRDefault="008143F8" w:rsidP="007E6DD8">
+          <w:p w14:paraId="1EAB9C49" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760E0E" w:rsidRPr="00760E0E" w14:paraId="12B8F8AB" w14:textId="77777777" w:rsidTr="00760E0E">
+      <w:tr w:rsidR="00964F43" w:rsidRPr="00964F43" w14:paraId="2B72B449" w14:textId="77777777" w:rsidTr="00E313D6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2504" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="14454" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
           </w:tcPr>
-          <w:p w14:paraId="0E029813" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="166B3F93" w14:textId="461A8A8F" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760E0E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualitätsbereich </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760E0E" w:rsidRPr="00760E0E" w14:paraId="72385C5B" w14:textId="77777777" w:rsidTr="00760E0E">
+      <w:tr w:rsidR="00964F43" w:rsidRPr="00964F43" w14:paraId="4156C59F" w14:textId="77777777" w:rsidTr="00815563">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14454" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5D287F3A" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="6A7B0BBD" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:pStyle w:val="Listenabsatz"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Gudea" w:eastAsia="Arial Unicode MS" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760E0E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>QB 1: Vertiefte Reflexion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75A5BC5E" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="0D7E4CD8" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760E0E">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Kriteriengeleitete Reflexion / Eigenständige Ableitung von Schlussfolgerungen für zukünftiges Handeln</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760E0E" w:rsidRPr="00760E0E" w14:paraId="2DA70E86" w14:textId="77777777" w:rsidTr="00760E0E">
+      <w:tr w:rsidR="00964F43" w:rsidRPr="00964F43" w14:paraId="06A0E179" w14:textId="77777777" w:rsidTr="00815563">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14454" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="773BF2C9" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="38E845B8" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51DE003B" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="41C77F55" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4CBBB0F9" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="5289D817" w14:textId="77777777" w:rsidR="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="57811C9E" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="16BDFB0B" w14:textId="77777777" w:rsidR="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F33C347" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="61831501" w14:textId="77777777" w:rsidR="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FD72128" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="413E1B0F" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...62 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760E0E" w:rsidRPr="00760E0E" w14:paraId="5CAEEC23" w14:textId="77777777" w:rsidTr="00760E0E">
+      <w:tr w:rsidR="00964F43" w:rsidRPr="00964F43" w14:paraId="6DA91297" w14:textId="77777777" w:rsidTr="00815563">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14454" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE4FF32" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="64F69C52" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:pStyle w:val="Listenabsatz"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Gudea" w:eastAsia="Arial Unicode MS" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760E0E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Gudea" w:eastAsia="Arial Unicode MS" w:hAnsi="Gudea" w:cs="Arial"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>QB 2: Fach- und sachbezogene Argumentation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="781F1D2B" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="63D7ECEC" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:pStyle w:val="Listenabsatz"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760E0E">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00964F43">
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Dialogisches Verhalten zeigen / Fachwissen einbringen / Fachsprache verwenden / Theorie-Praxis-Bezüge herstellen / Impulse aufgreifen und in die eigenen Überlegungen einbinden / Logisch nachvollziehbar argumentieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760E0E" w:rsidRPr="00760E0E" w14:paraId="478CF938" w14:textId="77777777" w:rsidTr="00760E0E">
+      <w:tr w:rsidR="00964F43" w:rsidRPr="00964F43" w14:paraId="00546C2B" w14:textId="77777777" w:rsidTr="00815563">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14454" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA5DBBF" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="0A3B2A89" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1EEC10D8" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="5772EC60" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="614EFBDE" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="6EE30FA4" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E2165D7" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="17DBEE95" w14:textId="77777777" w:rsidR="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="524CBC0D" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="6B5C8219" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea" w:cs="Arial"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64D71B7B" w14:textId="77777777" w:rsidR="00760E0E" w:rsidRPr="00760E0E" w:rsidRDefault="00760E0E" w:rsidP="007E6DD8">
+          <w:p w14:paraId="56F7ED38" w14:textId="77777777" w:rsidR="00964F43" w:rsidRPr="00964F43" w:rsidRDefault="00964F43" w:rsidP="00964F43">
             <w:pPr>
-              <w:rPr>
-[...62 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F28FCBB" w14:textId="77777777" w:rsidR="001372D8" w:rsidRPr="00975C20" w:rsidRDefault="001372D8" w:rsidP="00E444BE">
+    <w:p w14:paraId="75BDA5A3" w14:textId="77777777" w:rsidR="00DF72FF" w:rsidRPr="00FB0FB5" w:rsidRDefault="00DF72FF" w:rsidP="00964F43">
       <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gudea" w:hAnsi="Gudea"/>
+          <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001372D8" w:rsidRPr="00975C20" w:rsidSect="00E117C7">
-[...7 lines deleted...]
-      <w:pgMar w:top="1151" w:right="1134" w:bottom="1417" w:left="1417" w:header="708" w:footer="372" w:gutter="0"/>
+    <w:sectPr w:rsidR="00DF72FF" w:rsidRPr="00FB0FB5" w:rsidSect="00751811">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="1985" w:right="1418" w:bottom="1418" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="600011FE" w14:textId="77777777" w:rsidR="000D3FC4" w:rsidRDefault="000D3FC4" w:rsidP="000935CD">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="04BB1C1C" w14:textId="77777777" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5" w:rsidP="001E03DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BC32D36" w14:textId="77777777" w:rsidR="000D3FC4" w:rsidRDefault="000D3FC4" w:rsidP="000935CD">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="318E16F6" w14:textId="77777777" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5" w:rsidP="001E03DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...44 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="BaWue Serif">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00000AF" w:usb1="4000206A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
+    <w:sig w:usb0="A00000EF" w:usb1="4000207A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="BaWue Sans">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00000FF" w:usb1="0000207A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2C2CA840" w14:textId="77777777" w:rsidR="00E117C7" w:rsidRDefault="00E117C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0F47EDE8" w14:textId="77777777" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...2 lines deleted...]
-      <w:spacing w:before="120"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1896550414"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="0C157B0A" w14:textId="29FF0C42" w:rsidR="00DF72FF" w:rsidRDefault="00DF72FF">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7633353D" w14:textId="72B3CB54" w:rsidR="00FB0FB5" w:rsidRPr="00DF72FF" w:rsidRDefault="00DF72FF">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-        <w:sz w:val="16"/>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000935CD">
+    <w:r w:rsidRPr="00EE2D45">
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...74 lines deleted...]
-        <w:sz w:val="16"/>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Autoren</w:t>
+      <w:t xml:space="preserve">Abteilung Sonderpädagogik / </w:t>
     </w:r>
-    <w:r w:rsidRPr="000935CD">
+    <w:r w:rsidR="00273FAD">
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-        <w:sz w:val="16"/>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>: S</w:t>
-[...50 lines deleted...]
-      <w:t xml:space="preserve">). </w:t>
+      <w:t>01.01.2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="69C8B56A" w14:textId="77777777" w:rsidR="00E117C7" w:rsidRDefault="00E117C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="82730092"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="6D6F3EAE" w14:textId="1055F643" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="332AE73F" w14:textId="1C16834F" w:rsidR="00FB0FB5" w:rsidRPr="00EE2D45" w:rsidRDefault="00FE3D9C">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
-    </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EE2D45">
+      <w:rPr>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Abteilung Sonderpädagogik</w:t>
+    </w:r>
+    <w:r w:rsidR="00F165DA" w:rsidRPr="00EE2D45">
+      <w:rPr>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> /</w:t>
+    </w:r>
+    <w:r w:rsidR="00EE2D45" w:rsidRPr="00EE2D45">
+      <w:rPr>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> CC BY-SA 4.0 </w:t>
+    </w:r>
+    <w:r w:rsidR="00F165DA" w:rsidRPr="00EE2D45">
+      <w:rPr>
+        <w:rFonts w:ascii="BaWue Sans" w:hAnsi="BaWue Sans"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/ Datum</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BC51D5C" w14:textId="77777777" w:rsidR="000D3FC4" w:rsidRDefault="000D3FC4" w:rsidP="000935CD">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3EE05293" w14:textId="77777777" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5" w:rsidP="001E03DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48FE7EC1" w14:textId="77777777" w:rsidR="000D3FC4" w:rsidRDefault="000D3FC4" w:rsidP="000935CD">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4C65001C" w14:textId="77777777" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5" w:rsidP="001E03DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2BDAF9B1" w14:textId="77777777" w:rsidR="00E117C7" w:rsidRDefault="00E117C7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7549BB41" w14:textId="77777777" w:rsidR="00FB0FB5" w:rsidRDefault="00FB0FB5">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18EB7909" w14:textId="77777777" w:rsidR="000935CD" w:rsidRPr="000935CD" w:rsidRDefault="000935CD" w:rsidP="000935CD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="59E90848" w14:textId="45D64834" w:rsidR="00FB0FB5" w:rsidRDefault="00DF72FF">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
-      <w:spacing w:after="360"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EDD5D07" wp14:editId="0D46D30D">
-[...10 lines deleted...]
-          <wp:docPr id="1194631786" name="Grafik 1" descr="Ein Bild, das Screenshot, Grafiken, Text, Grafikdesign enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="489CBBF2" wp14:editId="3FE31093">
+          <wp:extent cx="4675505" cy="485775"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:docPr id="3" name="Grafik 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1194631786" name="Grafik 1" descr="Ein Bild, das Screenshot, Grafiken, Text, Grafikdesign enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                  <pic:cNvPr id="19" name="Grafik 19"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1574800" cy="389255"/>
+                    <a:ext cx="4675505" cy="485775"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="41E50944" w14:textId="77777777" w:rsidR="00E117C7" w:rsidRDefault="00E117C7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5EE27FD9" w14:textId="3CCD9B58" w:rsidR="00FB0FB5" w:rsidRDefault="00EE2D45" w:rsidP="007B0F66">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36CD5A3B" wp14:editId="7F0B6C69">
+          <wp:extent cx="4675505" cy="485775"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:docPr id="4" name="Grafik 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="19" name="Grafik 19"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4675505" cy="485775"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...209 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...3 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED195C"/>
-[...37 lines deleted...]
-    <w:rsid w:val="00FE7F10"/>
+    <w:rsidRoot w:val="00FB0FB5"/>
+    <w:rsid w:val="00093236"/>
+    <w:rsid w:val="001A2103"/>
+    <w:rsid w:val="001D21F6"/>
+    <w:rsid w:val="001E03DE"/>
+    <w:rsid w:val="002011A9"/>
+    <w:rsid w:val="002223B8"/>
+    <w:rsid w:val="00273FAD"/>
+    <w:rsid w:val="00296589"/>
+    <w:rsid w:val="003722BD"/>
+    <w:rsid w:val="0044650F"/>
+    <w:rsid w:val="004F0311"/>
+    <w:rsid w:val="00536D71"/>
+    <w:rsid w:val="005F3A29"/>
+    <w:rsid w:val="00605813"/>
+    <w:rsid w:val="006145E5"/>
+    <w:rsid w:val="00751811"/>
+    <w:rsid w:val="007B0F66"/>
+    <w:rsid w:val="008253CA"/>
+    <w:rsid w:val="00864B86"/>
+    <w:rsid w:val="008A7911"/>
+    <w:rsid w:val="008B3AB8"/>
+    <w:rsid w:val="009533B3"/>
+    <w:rsid w:val="00956048"/>
+    <w:rsid w:val="00964F43"/>
+    <w:rsid w:val="009935DA"/>
+    <w:rsid w:val="00996113"/>
+    <w:rsid w:val="009B3A9D"/>
+    <w:rsid w:val="009C05F9"/>
+    <w:rsid w:val="00A26FED"/>
+    <w:rsid w:val="00AD331C"/>
+    <w:rsid w:val="00C22DA6"/>
+    <w:rsid w:val="00C47C66"/>
+    <w:rsid w:val="00CD6932"/>
+    <w:rsid w:val="00D6349B"/>
+    <w:rsid w:val="00DF72FF"/>
+    <w:rsid w:val="00E23AC7"/>
+    <w:rsid w:val="00E53093"/>
+    <w:rsid w:val="00E80BCA"/>
+    <w:rsid w:val="00E96D9E"/>
+    <w:rsid w:val="00EE2D45"/>
+    <w:rsid w:val="00F165DA"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rsid w:val="00FE3D9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0B36AF8E"/>
+  <w14:docId w14:val="234467E3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{79E45F0C-B1B0-FC42-B1DD-14AA5AC06F31}"/>
+  <w15:docId w15:val="{AAB0EC3D-118B-4F7D-A8C3-2551982F9633}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:sz w:val="22"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1481,51 +1093,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1706,712 +1318,1112 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
-    <w:aliases w:val="TEXT"/>
     <w:qFormat/>
-    <w:rsid w:val="001372D8"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00365907"/>
+    <w:rsid w:val="00FB0FB5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift2Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift3Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift4Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift5Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift6Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift7Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift8Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift9Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="KMTimesNewRoman8">
+    <w:name w:val="KM_TimesNewRoman_8"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZchn"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000935CD"/>
+    <w:link w:val="KMTimesNewRoman8Zchn"/>
+    <w:qFormat/>
+    <w:rsid w:val="00296589"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="1985"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-    <w:name w:val="Kopfzeile Zchn"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KMTimesNewRoman8Zchn">
+    <w:name w:val="KM_TimesNewRoman_8 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:link w:val="Kopfzeile"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000935CD"/>
+    <w:link w:val="KMTimesNewRoman8"/>
+    <w:rsid w:val="00296589"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Einrckung0">
+    <w:name w:val="Einrückung0"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="360" w:lineRule="atLeast"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Einrckung1">
+    <w:name w:val="Einrückung1"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="360" w:lineRule="atLeast"/>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Einrckung2">
+    <w:name w:val="Einrückung2"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="360" w:lineRule="atLeast"/>
+      <w:ind w:left="850" w:hanging="425"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Einrckung3">
+    <w:name w:val="Einrückung3"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="360" w:lineRule="atLeast"/>
+      <w:ind w:left="1276" w:hanging="425"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Einrckung4">
+    <w:name w:val="Einrückung4"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="360" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:hanging="425"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="000935CD"/>
+    <w:rsid w:val="00F44A67"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-    </w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000935CD"/>
-[...23 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F44A67"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:rsid w:val="00F44A67"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Seitenzahl">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:rsid w:val="00F44A67"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00365907"/>
+    <w:rsid w:val="00FB0FB5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TITELZchn">
-[...23 lines deleted...]
-      <w:bCs/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
+    <w:name w:val="Überschrift 3 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1Zchn">
-    <w:name w:val="Ü1 Zchn"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
+    <w:name w:val="Überschrift 4 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:link w:val="1"/>
-[...24 lines deleted...]
-    <w:name w:val="Ü3 Zchn"/>
+    <w:link w:val="berschrift4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
+    <w:name w:val="Überschrift 5 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:link w:val="3"/>
-[...33 lines deleted...]
-    <w:name w:val="Listenabsatz Zchn"/>
+    <w:link w:val="berschrift5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
+    <w:name w:val="Überschrift 6 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:link w:val="Listenabsatz"/>
-[...27 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Titel0">
+    <w:link w:val="berschrift6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
+    <w:name w:val="Überschrift 7 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift8Zchn">
+    <w:name w:val="Überschrift 8 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift9Zchn">
+    <w:name w:val="Überschrift 9 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="TitelZchn0"/>
+    <w:link w:val="TitelZchn"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00E117C7"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn0">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
     <w:name w:val="Titel Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:link w:val="Titel0"/>
-    <w:rsid w:val="00E117C7"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FB0FB5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Untertitel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="UntertitelZchn"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
+    <w:name w:val="Untertitel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Untertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zitat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="ZitatZchn"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZitatZchn">
+    <w:name w:val="Zitat Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Zitat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntensiveHervorhebung">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntensivesZitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="IntensivesZitatZchn"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntensivesZitatZchn">
+    <w:name w:val="Intensives Zitat Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="IntensivesZitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntensiverVerweis">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0FB5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
-    <w:uiPriority w:val="39"/>
-[...10 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00964F43"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/deed.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-sa/4.0/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:////Users/markusstecher/Desktop/vorlage_dokumente_hochformat_SAF.dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Larissa">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Larissa">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>vorlage_dokumente_hochformat_SAF.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>69</Words>
-  <Characters>435</Characters>
+  <Words>72</Words>
+  <Characters>455</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>BITBW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>503</CharactersWithSpaces>
+  <CharactersWithSpaces>526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Microsoft Office User</dc:creator>
+  <dc:creator>Gromer, Benjamin (Seminar GYMSOP Freiburg)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>